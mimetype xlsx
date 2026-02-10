--- v0 (2025-11-06)
+++ v1 (2026-02-10)
@@ -5,67 +5,67 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\geoportal\documentos\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{32043461-3201-4456-81A6-DB5DB2B5262B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BD8E2586-2C5C-418E-90AF-AE772E06F700}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="callejero" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="callejero">callejero!$A$1:$L$321</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">callejero!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2426" uniqueCount="779">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2435" uniqueCount="783">
   <si>
     <t>codcalle</t>
   </si>
   <si>
     <t>categoria</t>
   </si>
   <si>
     <t>prefijo</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>nom_cart</t>
   </si>
   <si>
     <t>nom_geo</t>
   </si>
   <si>
     <t>nom_comun</t>
   </si>
   <si>
     <t>nom_ant</t>
   </si>
   <si>
@@ -2358,50 +2358,62 @@
     <t>Diag. SANTA CLARA</t>
   </si>
   <si>
     <t>RP N8</t>
   </si>
   <si>
     <t>CONTINUACION DE DEFENSA</t>
   </si>
   <si>
     <t>QUINTEROS TOMAS</t>
   </si>
   <si>
     <t>TOMAS QUINTEROS</t>
   </si>
   <si>
     <t>28 DE JULIO</t>
   </si>
   <si>
     <t>29 DE MAYO</t>
   </si>
   <si>
     <t>HEROES DE MALVINAS</t>
   </si>
   <si>
     <t>CONTINUACION DE REMIGIO LOPEZ</t>
+  </si>
+  <si>
+    <t>VGM Tte Cnel</t>
+  </si>
+  <si>
+    <t>SVENDSEN JORGE RODOLFO</t>
+  </si>
+  <si>
+    <t>J. R. SVENDSEN</t>
+  </si>
+  <si>
+    <t>SVENDSEN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
@@ -2825,55 +2837,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FF37CDFF"/>
   </sheetPr>
-  <dimension ref="A1:L328"/>
+  <dimension ref="A1:L329"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A233" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="L238" sqref="L238"/>
+      <pane ySplit="1" topLeftCell="A323" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="L195" sqref="L195"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="9.7109375" customWidth="1"/>
     <col min="3" max="3" width="8.7109375" customWidth="1"/>
     <col min="4" max="4" width="28.7109375" customWidth="1"/>
     <col min="5" max="5" width="26.7109375" customWidth="1"/>
     <col min="6" max="6" width="32.7109375" customWidth="1"/>
     <col min="7" max="7" width="37.7109375" customWidth="1"/>
     <col min="8" max="9" width="32.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="18.7109375" customWidth="1"/>
     <col min="11" max="12" width="7.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
@@ -9602,51 +9614,51 @@
       <c r="D194" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>72</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>73</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H194" s="1" t="s">
         <v>13</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>13</v>
       </c>
       <c r="J194" s="1" t="s">
         <v>13</v>
       </c>
       <c r="K194" s="1">
         <v>1</v>
       </c>
       <c r="L194" s="1">
-        <v>1900</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="195" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A195" s="1">
         <v>4226</v>
       </c>
       <c r="B195" s="1"/>
       <c r="C195" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>460</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>461</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>462</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>462</v>
       </c>
       <c r="H195" s="1" t="s">
         <v>463</v>
       </c>
@@ -14243,56 +14255,94 @@
       <c r="A328" s="5">
         <v>3250</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>111</v>
       </c>
       <c r="C328" s="5"/>
       <c r="D328" s="4" t="s">
         <v>777</v>
       </c>
       <c r="E328" s="4" t="s">
         <v>777</v>
       </c>
       <c r="F328" s="4" t="s">
         <v>777</v>
       </c>
       <c r="G328" s="4" t="s">
         <v>777</v>
       </c>
       <c r="H328" s="4" t="s">
         <v>778</v>
       </c>
       <c r="I328" s="4" t="s">
         <v>778</v>
       </c>
-      <c r="J328" s="5"/>
+      <c r="J328" s="5" t="s">
+        <v>13</v>
+      </c>
       <c r="K328" s="5">
         <v>1</v>
       </c>
       <c r="L328" s="5">
         <v>1200</v>
+      </c>
+    </row>
+    <row r="329" spans="1:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="5">
+        <v>13188</v>
+      </c>
+      <c r="B329" s="5"/>
+      <c r="C329" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="D329" s="4" t="s">
+        <v>780</v>
+      </c>
+      <c r="E329" s="4" t="s">
+        <v>781</v>
+      </c>
+      <c r="F329" s="4" t="s">
+        <v>782</v>
+      </c>
+      <c r="G329" s="4" t="s">
+        <v>782</v>
+      </c>
+      <c r="H329" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="I329" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="J329" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="K329" s="5">
+        <v>1601</v>
+      </c>
+      <c r="L329" s="5">
+        <v>1900</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:L321">
     <sortCondition ref="D1"/>
   </sortState>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="56" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Negrita"&amp;UPadron de Calles del Partido de San Miguel</oddHeader>
     <oddFooter>&amp;LHoja &amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>